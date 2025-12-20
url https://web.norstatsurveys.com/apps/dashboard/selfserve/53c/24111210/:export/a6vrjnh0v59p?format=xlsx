--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1608,226 +1608,226 @@
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$K$157:$K$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$L$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="b1b716"/>
+              <a:srgbClr val="0d8a41"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$L$157:$L$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="11"/>
           <c:order val="11"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$M$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="2a847d"/>
+              <a:srgbClr val="411157"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$M$157:$M$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="12"/>
           <c:order val="12"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$N$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="4eac35"/>
+              <a:srgbClr val="f953d9"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$N$157:$N$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="13"/>
           <c:order val="13"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$O$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="d5b880"/>
+              <a:srgbClr val="06b4cd"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$O$157:$O$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="14"/>
           <c:order val="14"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$P$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="9d03d3"/>
+              <a:srgbClr val="4440eb"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$P$157:$P$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="15"/>
           <c:order val="15"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$Q$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="9f602d"/>
+              <a:srgbClr val="69a459"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$Q$157:$Q$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:overlap val="100"/>
@@ -7525,51 +7525,51 @@
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Well-being and employer'!$A$50:$A$60</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Well-being and employer'!$K$50:$K$60</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>'Well-being and employer'!$L$49</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="7a78ec"/>
+              <a:srgbClr val="6482da"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Well-being and employer'!$A$50:$A$60</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Well-being and employer'!$L$50:$L$60</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:overlap val="100"/>