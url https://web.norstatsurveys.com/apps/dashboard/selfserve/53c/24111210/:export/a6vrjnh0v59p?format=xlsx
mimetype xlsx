--- v1 (2025-12-20)
+++ v2 (2026-02-23)
@@ -1608,226 +1608,226 @@
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$K$157:$K$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$L$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="0d8a41"/>
+              <a:srgbClr val="cb86d0"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$L$157:$L$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="11"/>
           <c:order val="11"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$M$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="411157"/>
+              <a:srgbClr val="f2cb77"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$M$157:$M$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="12"/>
           <c:order val="12"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$N$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="f953d9"/>
+              <a:srgbClr val="088022"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$N$157:$N$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="13"/>
           <c:order val="13"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$O$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="06b4cd"/>
+              <a:srgbClr val="009580"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$O$157:$O$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="14"/>
           <c:order val="14"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$P$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="4440eb"/>
+              <a:srgbClr val="b1bc14"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$P$157:$P$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="15"/>
           <c:order val="15"/>
           <c:tx>
             <c:strRef>
               <c:f>'Background'!$Q$156</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="69a459"/>
+              <a:srgbClr val="b84e40"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Background'!$A$157:$A$167</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Background'!$Q$157:$Q$167</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:overlap val="100"/>
@@ -7525,51 +7525,51 @@
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Well-being and employer'!$A$50:$A$60</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Well-being and employer'!$K$50:$K$60</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>'Well-being and employer'!$L$49</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="6482da"/>
+              <a:srgbClr val="021ed0"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'Well-being and employer'!$A$50:$A$60</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Well-being and employer'!$L$50:$L$60</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:overlap val="100"/>